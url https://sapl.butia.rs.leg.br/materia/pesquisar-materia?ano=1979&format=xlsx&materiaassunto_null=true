--- v0 (2025-12-19)
+++ v1 (2026-03-26)
@@ -54,678 +54,678 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8519</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Neuza Vargas</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/8519/ind_002.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/8519/ind_002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO QUE SEJA ELABORADO UM PROGRAMA ESPECIAL DE ATENDIMENTO À CRIANÇA BUTIAENSE, NO ANO INTERNACIONAL DA CRIANÇA.</t>
   </si>
   <si>
     <t>12305</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/12305/mocao_001.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/12305/mocao_001.pdf</t>
   </si>
   <si>
     <t>APRESENTAMOS À MESA, OUVIDO O PLENÁRIO E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEGUE O ANEXO ABAIXO;</t>
   </si>
   <si>
     <t>14789</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14789/ata_1617-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14789/ata_1617-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 25 DE JANEIRO DE 1979</t>
   </si>
   <si>
     <t>14790</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14790/ata_1618-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14790/ata_1618-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE FEVEREIRO DE 1979</t>
   </si>
   <si>
     <t>14791</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14791/ata_1619-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14791/ata_1619-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 20 DE MARÇO DE 1979</t>
   </si>
   <si>
     <t>14793</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14793/ata_1620-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14793/ata_1620-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE MARÇO DE 1979</t>
   </si>
   <si>
     <t>14795</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14795/ata_1621-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14795/ata_1621-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 29 DE MARÇO DE 1979</t>
   </si>
   <si>
     <t>14796</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14796/ata_1622-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14796/ata_1622-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 4 DE ABRIL DE 1979</t>
   </si>
   <si>
     <t>14798</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14798/ata_1623-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14798/ata_1623-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 5 DE ABRIL DE 1979</t>
   </si>
   <si>
     <t>14800</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14800/ata_1624-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14800/ata_1624-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 16 DE ABRIL DE 1979</t>
   </si>
   <si>
     <t>14802</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14802/ata_1625-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14802/ata_1625-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 19 DE ABRIL DE 1979</t>
   </si>
   <si>
     <t>14803</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14803/ata_1626-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14803/ata_1626-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 ABRIL DE 1979</t>
   </si>
   <si>
     <t>14804</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14804/ata_1627-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14804/ata_1627-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 3 MAIO DE 1979</t>
   </si>
   <si>
     <t>14805</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14805/ata_1628-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14805/ata_1628-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 10 DE MAIO DE 1979</t>
   </si>
   <si>
     <t>14806</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14806/ata_1629-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14806/ata_1629-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 15 DE MAIO DE 1979</t>
   </si>
   <si>
     <t>14807</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14807/ata_1630-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14807/ata_1630-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 17 DE MAIO DE 1979</t>
   </si>
   <si>
     <t>14808</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14808/ata_1631-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14808/ata_1631-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 24 DE MAIO DE 1979</t>
   </si>
   <si>
     <t>14809</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14809/ata_1632-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14809/ata_1632-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 7 DE JUNHO DE 1979</t>
   </si>
   <si>
     <t>14810</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14810/ata_1633-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14810/ata_1633-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE JUNHO DE 1979</t>
   </si>
   <si>
     <t>14811</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14811/ata_1634-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14811/ata_1634-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 21 DE JUNHO DE 1979</t>
   </si>
   <si>
     <t>14812</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14812/ata_1635-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14812/ata_1635-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 28 DE JUNHO DE 1979</t>
   </si>
   <si>
     <t>14813</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14813/ata_1636-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14813/ata_1636-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 2 DE JULHO DE 1979</t>
   </si>
   <si>
     <t>14814</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14814/ata_1637-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14814/ata_1637-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 13 DE JULHO DE 1979</t>
   </si>
   <si>
     <t>14815</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14815/ata_1638-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14815/ata_1638-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 20 DE JULHO DE 1979</t>
   </si>
   <si>
     <t>14816</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14816/ata_1639-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14816/ata_1639-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 DE JULHO DE 1979</t>
   </si>
   <si>
     <t>14817</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14817/ata_1640-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14817/ata_1640-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 2 DE AGOSTO DE 1979</t>
   </si>
   <si>
     <t>14818</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14818/ata_1641-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14818/ata_1641-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 9 DE AGOSTO DE 1979</t>
   </si>
   <si>
     <t>14819</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14819/ata_1642-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14819/ata_1642-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 16 DE AGOSTO DE 1979</t>
   </si>
   <si>
     <t>14820</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14820/ata_1643-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14820/ata_1643-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE AGOSTO DE 1979</t>
   </si>
   <si>
     <t>14821</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14821/ata_1644-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14821/ata_1644-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 6 DE SETEMBRO DE 1979</t>
   </si>
   <si>
     <t>14822</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14822/ata_1645-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14822/ata_1645-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 13 DE SETEMBRO DE 1979</t>
   </si>
   <si>
     <t>14823</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14823/ata_1646-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14823/ata_1646-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 20 DE SETEMBRO DE 1979</t>
   </si>
   <si>
     <t>14824</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14824/ata_1647-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14824/ata_1647-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 27 DE SETEMBRO DE 1979</t>
   </si>
   <si>
     <t>14826</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14826/ata_1649-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14826/ata_1649-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 9 DE OUTUBRO DE 1979</t>
   </si>
   <si>
     <t>14827</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14827/ata_1650-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14827/ata_1650-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE OUTUBRO DE 1979</t>
   </si>
   <si>
     <t>14828</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14828/ata_1651-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14828/ata_1651-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 12 DE OUTUBRO DE 1979</t>
   </si>
   <si>
     <t>14829</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14829/ata_1652-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14829/ata_1652-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 17 DE OUTUBRO DE 1979</t>
   </si>
   <si>
     <t>14830</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14830/ata_1653-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14830/ata_1653-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 25 DE OUTUBRO DE 1979</t>
   </si>
   <si>
     <t>14831</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14831/ata_1654-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14831/ata_1654-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 1 DE NOVEMBRO DE 1979</t>
   </si>
   <si>
     <t>14832</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14832/ata_1655-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14832/ata_1655-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 8 DE NOVEMBRO DE 1979</t>
   </si>
   <si>
     <t>14833</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14833/ata_1656-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14833/ata_1656-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 13 DE NOVEMBRO DE 1979</t>
   </si>
   <si>
     <t>14834</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14834/ata_1657-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14834/ata_1657-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 20 DE NOVEMBRO DE 1979</t>
   </si>
   <si>
     <t>14835</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14835/ata_1658-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14835/ata_1658-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE NOVEMBRO DE 1979</t>
   </si>
   <si>
     <t>14836</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14836/ata_1659-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14836/ata_1659-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 29 DE NOVEMBRO DE 1979</t>
   </si>
   <si>
     <t>14837</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14837/ata_1660-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14837/ata_1660-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 6 DE DEZEMBRO DE 1979</t>
   </si>
   <si>
     <t>14838</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14838/ata_1661-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14838/ata_1661-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 13 DE DEZEMBRO DE 1979</t>
   </si>
   <si>
     <t>14839</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14839/ata_1662-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14839/ata_1662-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE DEZEMBRO DE 1979</t>
   </si>
   <si>
     <t>14840</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14840/ata_1663-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14840/ata_1663-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 17 DE DEZEMBRO DE 1979</t>
   </si>
   <si>
     <t>14841</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14841/ata_1664-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14841/ata_1664-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 18 DE DEZEMBRO DE 1979</t>
   </si>
   <si>
     <t>14842</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14842/ata_1665-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14842/ata_1665-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 20 DE DEZEMBRO DE 1979</t>
   </si>
   <si>
     <t>14843</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14843/ata_1667-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14843/ata_1667-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 28 DE DEZEMBRO DE 1979</t>
   </si>
   <si>
     <t>14825</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14825/ata_1648-1979.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14825/ata_1648-1979.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 4 DE OUTUBRO DE 1979</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1032,68 +1032,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/8519/ind_002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/12305/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14789/ata_1617-1979.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14790/ata_1618-1979.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14791/ata_1619-1979.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14793/ata_1620-1979.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14795/ata_1621-1979.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14796/ata_1622-1979.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14798/ata_1623-1979.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14800/ata_1624-1979.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14802/ata_1625-1979.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14803/ata_1626-1979.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14804/ata_1627-1979.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14805/ata_1628-1979.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14806/ata_1629-1979.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14807/ata_1630-1979.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14808/ata_1631-1979.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14809/ata_1632-1979.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14810/ata_1633-1979.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14811/ata_1634-1979.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14812/ata_1635-1979.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14813/ata_1636-1979.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14814/ata_1637-1979.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14815/ata_1638-1979.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14816/ata_1639-1979.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14817/ata_1640-1979.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14818/ata_1641-1979.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14819/ata_1642-1979.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14820/ata_1643-1979.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14821/ata_1644-1979.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14822/ata_1645-1979.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14823/ata_1646-1979.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14824/ata_1647-1979.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14826/ata_1649-1979.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14827/ata_1650-1979.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14828/ata_1651-1979.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14829/ata_1652-1979.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14830/ata_1653-1979.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14831/ata_1654-1979.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14832/ata_1655-1979.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14833/ata_1656-1979.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14834/ata_1657-1979.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14835/ata_1658-1979.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14836/ata_1659-1979.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14837/ata_1660-1979.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14838/ata_1661-1979.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14839/ata_1662-1979.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14840/ata_1663-1979.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14841/ata_1664-1979.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14842/ata_1665-1979.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14843/ata_1667-1979.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14825/ata_1648-1979.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/8519/ind_002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/12305/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14789/ata_1617-1979.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14790/ata_1618-1979.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14791/ata_1619-1979.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14793/ata_1620-1979.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14795/ata_1621-1979.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14796/ata_1622-1979.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14798/ata_1623-1979.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14800/ata_1624-1979.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14802/ata_1625-1979.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14803/ata_1626-1979.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14804/ata_1627-1979.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14805/ata_1628-1979.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14806/ata_1629-1979.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14807/ata_1630-1979.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14808/ata_1631-1979.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14809/ata_1632-1979.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14810/ata_1633-1979.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14811/ata_1634-1979.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14812/ata_1635-1979.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14813/ata_1636-1979.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14814/ata_1637-1979.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14815/ata_1638-1979.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14816/ata_1639-1979.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14817/ata_1640-1979.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14818/ata_1641-1979.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14819/ata_1642-1979.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14820/ata_1643-1979.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14821/ata_1644-1979.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14822/ata_1645-1979.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14823/ata_1646-1979.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14824/ata_1647-1979.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14826/ata_1649-1979.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14827/ata_1650-1979.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14828/ata_1651-1979.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14829/ata_1652-1979.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14830/ata_1653-1979.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14831/ata_1654-1979.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14832/ata_1655-1979.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14833/ata_1656-1979.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14834/ata_1657-1979.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14835/ata_1658-1979.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14836/ata_1659-1979.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14837/ata_1660-1979.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14838/ata_1661-1979.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14839/ata_1662-1979.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14840/ata_1663-1979.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14841/ata_1664-1979.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14842/ata_1665-1979.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14843/ata_1667-1979.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1979/14825/ata_1648-1979.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="85.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="85" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="135.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>