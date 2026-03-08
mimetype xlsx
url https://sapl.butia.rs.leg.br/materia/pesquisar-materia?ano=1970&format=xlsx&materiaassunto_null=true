--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -54,1574 +54,1574 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12445</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>Ato da Presidência</t>
   </si>
   <si>
     <t>Ayrton José Corrêa</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12445/atos_001-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12445/atos_001-1970.pdf</t>
   </si>
   <si>
     <t>CONCEDE A LICENÇA À VEREADOR PARA TRATAMENTO DE SAÚDE.</t>
   </si>
   <si>
     <t>12446</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12446/atos_002-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12446/atos_002-1970.pdf</t>
   </si>
   <si>
     <t>CONVOCA SUPLENTE DE VEREADOR.</t>
   </si>
   <si>
     <t>12447</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12447/atos_003-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12447/atos_003-1970.pdf</t>
   </si>
   <si>
     <t>DÁ POSSÊ A VEREADOR.</t>
   </si>
   <si>
     <t>8470</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Marcírio Antônio Duarte</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8470/ind_001.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8470/ind_001.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO MUNICIPAL, PROVIDÊNCIA À UMA DAS RUAS, NO LOTEAMENTO NA VILA MOTTA.</t>
   </si>
   <si>
     <t>8471</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8471/ind_002.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8471/ind_002.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO MUNICIPAL, PROVIDÊNCIA SOBRE OS CÃES, QUE ANDAM SOLTOS PELAS RUAS DA CIDADE.</t>
   </si>
   <si>
     <t>8472</t>
   </si>
   <si>
     <t>Ivo Rodrigues Florisbal</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8472/ind_002.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8472/ind_002.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIA, AO SR. PREFEITO MUNICIPAL, PARA A CONSTRUÇÃO DE ABRIGOS PÚBLICOS EM MINAS DO LEÃO.</t>
   </si>
   <si>
     <t>8473</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Norberto Nugent de Mello</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8473/ind_004.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8473/ind_004.pdf</t>
   </si>
   <si>
     <t>SOLICITA AUXILIO AO EXECUTIVO, PARA O CONCERTO DA AMBULÂNCIA DO SINDICATO DOS MINEIROS.</t>
   </si>
   <si>
     <t>8079</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8079/portaria_001.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8079/portaria_001.pdf</t>
   </si>
   <si>
     <t>CONCEDE  FÉRIAS  REGULAMENTARES AO SERVIDOR ENOBAR FERREIRA, SECRETÁRIO EXECUTIVO DA CÂMARA MUNICIPAL PADRÃO "7".</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Marinho Orlando Bratkowski</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5204/pl_206.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5204/pl_206.pdf</t>
   </si>
   <si>
     <t>DELIMITA A ÁREA URBANA DA CIDADE DE BUTIÁ, VILA/ DE MINAS DO LEÃO O VILA DE ROQUE.</t>
   </si>
   <si>
     <t>5206</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5206/pl_207.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5206/pl_207.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO ÀS RUAS DA CIDADE DE BUTIÁ.</t>
   </si>
   <si>
     <t>5207</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5207/pl_208.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5207/pl_208.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE NCR$ 29.200,00 E A REDUÇÃO DE DOTAÇÕES ORÇAMENTÁRIAS DE IGUAL VALOR.</t>
   </si>
   <si>
     <t>5208</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5208/pl_209.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5208/pl_209.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE NCR$ 1.000,00, PARA A ATENDER DESPESAS COM O PRÓXIMO PLEITO ELEITORAL, E A REDUÇÃO DE DOTAÇÃO ORÇAMENTÁRIA.</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5209/pl_210.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5209/pl_210.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO CEDER, MEDIANTE CONVÊNIO, À C.N.E.C., AS DEPENDÊNCIAS DO PRÉDIO OCUPADO PELO "GRUPO ESCOLAR MUNICIPAL - NICÁCIO MACHADO".</t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5210/pl_211.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5210/pl_211.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO DE VENCIMENTOS AOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5211/pl_212.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5211/pl_212.pdf</t>
   </si>
   <si>
     <t>CRIA A BIBLIOTECA PÚBLICA MUNICIPAL DE BUTIÁ.</t>
   </si>
   <si>
     <t>5212</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5212/pl_213.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5212/pl_213.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A DISTRIBUIÇÃO DE AUXÍLIO A ESTUDANTES POBRES PARA PAGAMENTO DE PASSAGENS DE ÔNIBUS.</t>
   </si>
   <si>
     <t>5214</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/</t>
+    <t>http://sapl.butia.rs.leg.br/media/</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO DO IMPÔSTO INCIDENTE SOBRE PRÉDIO DE PROPRIEDADE DE EX-COMBATENTE, QUE LHE SIRVA DE MORADIA PRÓPRIA.</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5215/pl_215.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5215/pl_215.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS SUPLEMENTARES NO MONTANTE DE NCR$ 102.500,00 E A REDUÇÃO EM IGUAL QUANTIA, DE DOTAÇÕES ORÇAMENTÁRIAS.</t>
   </si>
   <si>
     <t>5216</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5216/pl_216.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5216/pl_216.pdf</t>
   </si>
   <si>
     <t>DÁ NORMAS PARA A REALIZAÇÃO DE CONCURSOS, PARA PROVIMENTO DE CARGOS DO "QUADRO ÚNICO DOS SERVIDORES DA PREFEITURA MUNICIPAL DE BUTIÁ", E REVOGA A LEI N° 109, DE 5 DE SETEMBRO DE 1967.</t>
   </si>
   <si>
     <t>5217</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5217/pl_217.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5217/pl_217.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE CR$ 1.000,00, PARA O FIM QUE ESPECIFICA, E A REDUÇÃO DE DOTAÇÃO ORÇAMENTÁRIA EM IGUAL VALOR.</t>
   </si>
   <si>
     <t>5218</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5218/pl_218.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5218/pl_218.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTARES NO MONTANTE DE CR$ 70.000,00 E REDUÇÃO DO DOTAÇÕES ORÇAMENTÁRIAS PARA RECURSO.</t>
   </si>
   <si>
     <t>5219</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5219/pl_219.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5219/pl_219.pdf</t>
   </si>
   <si>
     <t>APRESENTA PROJETO DE LEI ORÇAMENTÁRIA DO MUNICÍPIO, PARA 1971.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3636/pl_220.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3636/pl_220.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO ÚNICO DOS SERVIDORES DA PREFEITURA MUNICIPAL DE BUTIÁ, CRIADO PELA LEI Nº 36, DE 22 DE SETEMBRO DE 1965.</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3876/pl_221.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3876/pl_221.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE CR$ 2.400,00 PARA O FIM QUE ESPECIFICA E A REDUÇÃO DE DOTAÇÃO ORÇAMENTÁRIA EM IGUAL VALOR.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3645/pl_222.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3645/pl_222.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS I E II, E SUAS RESPECTIVAS TABELAS DE INCIDÊNCIA, DA LEI Nº 199, DE 23 DE OUTUBRO DE 1969.</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3877/pl_223.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3877/pl_223.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTARES NO MONTANTE DE CR$ 22.113,60 E A REDUÇÃO DE DOTAÇÃO ORÇAMENTÁRIA.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3647/pl_224.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3647/pl_224.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DE DUAS ÁREAS CONTÍGUAS DE PROPRIEDADE DOS SRS. ACLÍNIO MANOEL PEREIRA E JOÃO FRANCO, NESTA CIDADE PARA A CONSTRUÇÃO DE UM PRÉDIO ESCOLAR DO "FREMEM", BEM COMO A DOAÇÃO DAS MESMAS AO GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3648/pl_225.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3648/pl_225.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE R$ 500,00, COMO AUXÍLIO AS OBRAS DE NOVAS INSTALAÇÕES DA 8ª CSM, EM PORTO ALEGRE.</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3878/pl_226.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3878/pl_226.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS SUPLEMENTARES NO MONTANTE DE CR$ 14.899,00 E A REDUÇÃO DE DOTAÇÕES ORÇAMENTÁRIAS EM IGUAL TOTAL.</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3879/pl_227.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3879/pl_227.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO DE NATAL NESTE ANO, AOS SERVIDORES DA PREFEITURA E AUTORIZA O PODER EXECUTIVO A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE CR$ 14.000,00 COM RECURSOS QUE INDICA.</t>
   </si>
   <si>
     <t>7172</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7172/projeto_de_resolucao_009.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7172/projeto_de_resolucao_009.pdf</t>
   </si>
   <si>
     <t>﻿_x000D_
 A MESA DA CÂMARA MUNICIPAL DE BUTIA, NO USO DE SUAS ATRI BUIÇÕES LEGAIS, FAZ SABER QUE A CAMARA, EM SESSÃO REALIZADA DIA II DE MAIO DE 1970 APROVOU, E ELA PROMULGA A SEGUINTE_x000D_
 RESOLUÇÃO:_x000D_
 ARTIGO 12 FICA APROVADO AS CONTAS DO SR. PREFEITO MUN_x000D_
 -_x000D_
 CIPAL, OU SEJA O ENCERRAMENTO DO EXERCÍCIO FINANCEIRO, CORRESPON-/ DENTE AO ANO DE 1968._x000D_
 SUA PUBLICAÇÃO._x000D_
 -_x000D_
 ESTA RESOLUÇÃO ENTRARÁ EM VIGOR NA DATA DA /_x000D_
 ARTIGO 20_x000D_
 ARTIGO 30_x000D_
 -_x000D_
 REVOGAM-SE AS DISPOSIÇÕES EM CONTRÁRIO.</t>
   </si>
   <si>
     <t>7173</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7173/projeto_de_resolucao_010.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7173/projeto_de_resolucao_010.pdf</t>
   </si>
   <si>
     <t>﻿_x000D_
 A MESA DA CÂMARA MUNICIPAL DE VEREADORES DE BUTIA, NO USO DE SUAS ATRIBUIÇÕES LEGAIS FAZ SABER, QUE A CÂMARA MUNICIPAL APROVOU, E/ ELA PROMULGA A SEGUINTE_x000D_
 RESOLUÇÃO:_x000D_
 ARTIGO 12_x000D_
 -_x000D_
 É ATRIBUIDA AO PRESIDENTE DA CÂMARA MUNICIPAL/ DE VEREADORES, UMA VERBA DE REPRESENTAÇÃO, NO VALOR DE QUATROCENTOS / CRUZEIROS (CR$ 400,00), MENSAIS._x000D_
 ARTIGO 29 AS DESPESAS DECORRENTES DESTA REPRESENTAÇÃO - CORRERÃO À CONTA DE DOTAÇÕES ORÇAMENTÁRIAS PROPRIAS._x000D_
 BLICAÇÃO._x000D_
 ARTIGO 32 ESTA RESOLUÇÃO ENTRA EM VIGOR NA DATA DA SUA PU_x000D_
 -_x000D_
 ART100 42 REVOGAM-SE AS DISPOSIÇÕES EM CONTRÁRIO.</t>
   </si>
   <si>
     <t>7174</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7174/projeto_de_resolucao_011.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7174/projeto_de_resolucao_011.pdf</t>
   </si>
   <si>
     <t>﻿_x000D_
 A MESA DA CÂMARA MUNICIPAL DE VEREADORES DE BUTIA, NO USO DE SUAS ATRIBUIÇÕES LEGAIS FAZ SABER, QUE A CÂMARA MUNICIPAL APROVOU E ELA PROMULGA A SEGUINTE_x000D_
 RESOLUÇA O HARA_x000D_
 ARTIGO 18- OFICA APROVADO AS CONTAS DO SR. PREFEITO MUNICI PAL, OU SEJA, O ENCERRAMENTO DO EXERCÍCIO FINANCEIRO, CORRESPONDENTE AO AND DE 1969._x000D_
 ARTICO 20 - LSTA RESOLUÇÃO ENTRARÁ EM VIGOR NA DATA DA SUA_x000D_
 PUBLICAÇÃO._x000D_
 ART100 39 REVOCAM-SE AS DISPOSIÇÕES EM CONTRÁRIO._x000D_
 SALA DAS SESSÕES, 9 DE SETEMBRO DE 1970</t>
   </si>
   <si>
     <t>7175</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7175/projeto_de_resolucao_012.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7175/projeto_de_resolucao_012.pdf</t>
   </si>
   <si>
     <t>﻿_x000D_
 RESOLUÇÃO:_x000D_
 -_x000D_
 ARTIGO 19 CONCEDIDO AO SERVIDOP ENOBAR FERREIRA, SE CRETÁRIO EXECUTIVO DA CÂMARA MUNICIPAL DE VEREADORES, UMA GRATIFI CAÇÃO DE C 500,00 (QUINHENTOS CRUZEIROS)._x000D_
 -_x000D_
 UNICO A PRESENTE GRATIFICAÇÃO, É EM FUNÇÃO DOS SERVI ÇOS ESPECIAIS E EXTRAORDINÁRIOS, PRESTADOS PELO REFERIDO SERVIDOR À CÂMARA MUNICIPAL DE VEREADORES, DURANTE O ANO DE 1970._x000D_
 ARTIGO 20_x000D_
 -_x000D_
 A GRATIFICAÇÃO CONCEDIDA NO ARTIGO ANTERIOR, É PREVISTA PELO QUE DETERMINA O UNICO DO ARTIGO 109, DO REGIMEN TO INTERNO DA CÂMARA MUNICIPAL DE VEREADORES._x000D_
 ARTIGO 3o ESTA RESOLUÇÃO ENTRA EM VICOR NA DATA DA SUA_x000D_
 PUBLICAÇÃO._x000D_
 -_x000D_
 ARTIGO 40-REVOGAM-SE AS DISPOSIÇÕES EM CONTRÁRIO,</t>
   </si>
   <si>
     <t>14111</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14111/ata_1007-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14111/ata_1007-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 DE JANEIRO DE 1970</t>
   </si>
   <si>
     <t>14112</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14112/ata_1008-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14112/ata_1008-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE FEVEREIRO DE 1970</t>
   </si>
   <si>
     <t>14113</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14113/ata_1009-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14113/ata_1009-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 10 DE MARÇO DE 1970</t>
   </si>
   <si>
     <t>14114</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14114/ata_1010-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14114/ata_1010-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE MARÇO DE 1970</t>
   </si>
   <si>
     <t>14115</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14115/ata_1011-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14115/ata_1011-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 12 DE MARÇO DE 1970</t>
   </si>
   <si>
     <t>14116</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14116/ata_1012-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14116/ata_1012-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE MARÇO DE 1970</t>
   </si>
   <si>
     <t>14117</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14117/ata_1013-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14117/ata_1013-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 5 DE ABRIL DE 1970</t>
   </si>
   <si>
     <t>14118</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14118/ata_1014-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14118/ata_1014-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 6 DE ABRIL DE 1970</t>
   </si>
   <si>
     <t>14119</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14119/ata_1015-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14119/ata_1015-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 7 DE ABRIL DE 1970</t>
   </si>
   <si>
     <t>14120</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14120/ata_1016-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14120/ata_1016-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 8 DE ABRIL DE 1970</t>
   </si>
   <si>
     <t>14121</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14121/ata_1017-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14121/ata_1017-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 13 DE ABRIL DE 1970</t>
   </si>
   <si>
     <t>14122</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14122/ata_1018-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14122/ata_1018-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE ABRIL DE 1970</t>
   </si>
   <si>
     <t>14123</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14123/ata_1019-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14123/ata_1019-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 15 DE ABRIL DE 1970</t>
   </si>
   <si>
     <t>14124</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14124/ata_1020-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14124/ata_1020-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 28 DE ABRIL DE 1970</t>
   </si>
   <si>
     <t>14125</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14125/ata_1021-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14125/ata_1021-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 6 DE MAIO DE 1970</t>
   </si>
   <si>
     <t>14126</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14126/ata_1022-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14126/ata_1022-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 7 DE MAIO DE 1970</t>
   </si>
   <si>
     <t>14127</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14127/ata_1023-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14127/ata_1023-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 8 DE MAIO DE 1970</t>
   </si>
   <si>
     <t>14128</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14128/ata_1024-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14128/ata_1024-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 9 DE MAIO DE 1970</t>
   </si>
   <si>
     <t>14129</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14129/ata_1025-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14129/ata_1025-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE MAIO DE 1970</t>
   </si>
   <si>
     <t>14130</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14130/ata_1026-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14130/ata_1026-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 12 MAIO DE 1970</t>
   </si>
   <si>
     <t>14131</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14131/ata_1027-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14131/ata_1027-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 16 DE MAIO DE 1970</t>
   </si>
   <si>
     <t>14132</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14132/ata_1028-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14132/ata_1028-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 18 DE MAIO  DE 1970</t>
   </si>
   <si>
     <t>14133</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14133/ata_1029-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14133/ata_1029-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 19 DE MAIO DE 1970</t>
   </si>
   <si>
     <t>14134</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14134/ata_1030-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14134/ata_1030-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 20 DE MAIO DE 1970</t>
   </si>
   <si>
     <t>14135</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14135/ata_1031-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14135/ata_1031-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 21 DE MAIO DE 1970</t>
   </si>
   <si>
     <t>14136</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14136/ata_1032-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14136/ata_1032-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE MAIO DE 1970</t>
   </si>
   <si>
     <t>14137</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14137/ata_1033-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14137/ata_1033-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE MAIO DE 1970</t>
   </si>
   <si>
     <t>14138</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14138/ata_1034-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14138/ata_1034-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 4 DE JUNHO DE 1970</t>
   </si>
   <si>
     <t>14139</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14139/ata_1035-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14139/ata_1035-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 05 DE JULHO DE 1970</t>
   </si>
   <si>
     <t>14140</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14140/ata_1036-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14140/ata_1036-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 08 DE JUNHO DE 1970</t>
   </si>
   <si>
     <t>14141</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14141/ata_1037-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14141/ata_1037-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 DE JUNHO DE 1970</t>
   </si>
   <si>
     <t>14142</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14142/ata_1038-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14142/ata_1038-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 27 DE JUNHO DE 1970</t>
   </si>
   <si>
     <t>14143</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14143/ata_1039-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14143/ata_1039-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 29 DE JUNHO DE 1970</t>
   </si>
   <si>
     <t>14144</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14144/ata_1040-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14144/ata_1040-1970.pdf</t>
   </si>
   <si>
     <t>14145</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14145/ata_1041-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14145/ata_1041-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 3 DE AGOSTO DE 1970</t>
   </si>
   <si>
     <t>14146</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14146/ata_1042-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14146/ata_1042-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 4 DE AGOSTO DE 1970</t>
   </si>
   <si>
     <t>14147</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14147/ata_1043-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14147/ata_1043-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 5 DE AGOSTO DE 1970</t>
   </si>
   <si>
     <t>14148</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14148/ata_1044-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14148/ata_1044-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 6 DE AGOSTO DE 1970</t>
   </si>
   <si>
     <t>14149</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14149/ata_1045-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14149/ata_1045-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 7 DE AGOSTO DE 1970</t>
   </si>
   <si>
     <t>14150</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14150/ata_1046-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14150/ata_1046-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 10 DE AGOSTO DE 1970</t>
   </si>
   <si>
     <t>14151</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14151/ata_1047-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14151/ata_1047-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE AGOSTO DE 1970</t>
   </si>
   <si>
     <t>14152</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14152/ata_1048-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14152/ata_1048-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 15 DE AGOSTO DE 1970</t>
   </si>
   <si>
     <t>14153</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14153/ata_1049-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14153/ata_1049-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 17 DE AGOSTO DE 1970</t>
   </si>
   <si>
     <t>14154</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14154/ata_1050-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14154/ata_1050-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 24 DE AGOSTO DE 1970</t>
   </si>
   <si>
     <t>14155</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14155/ata_1051-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14155/ata_1051-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 5 DE SETEMBRO DE 1970</t>
   </si>
   <si>
     <t>14156</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14156/ata_1052-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14156/ata_1052-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 8 DE SETEMBRO DE 1970</t>
   </si>
   <si>
     <t>14157</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14157/ata_1053-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14157/ata_1053-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 9 DE SETEMBRO DE 1970</t>
   </si>
   <si>
     <t>14158</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14158/ata_1054-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14158/ata_1054-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 10 DE SETEMBRO DE 1970</t>
   </si>
   <si>
     <t>14159</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14159/ata_1055-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14159/ata_1055-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE SETEMBRO DE 1970</t>
   </si>
   <si>
     <t>14160</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14160/ata_1056-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14160/ata_1056-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE SETEMBRO DE 1970</t>
   </si>
   <si>
     <t>14161</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14161/ata_1057-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14161/ata_1057-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE SETEMBRO DE 1970</t>
   </si>
   <si>
     <t>14162</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14162/ata_1058-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14162/ata_1058-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 24 DE SETEMBRO DE 1970</t>
   </si>
   <si>
     <t>14163</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14163/ata_1059-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14163/ata_1059-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 25 DE SETEMBRO DE 1970</t>
   </si>
   <si>
     <t>14164</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14164/ata_1060-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14164/ata_1060-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 12 DE OUTUBRO DE 1970</t>
   </si>
   <si>
     <t>14165</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14165/ata_1061-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14165/ata_1061-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE OUTUBRO DE 1970</t>
   </si>
   <si>
     <t>14166</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14166/ata_1062-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14166/ata_1062-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 15 DE OUTUBRO DE 1970</t>
   </si>
   <si>
     <t>14167</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14167/ata_1063-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14167/ata_1063-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 16 DE OUTUBRO DE 1970</t>
   </si>
   <si>
     <t>14168</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14168/ata_1064-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14168/ata_1064-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE OUTUBRO DE 1970</t>
   </si>
   <si>
     <t>14169</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14169/ata_1065-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14169/ata_1065-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 1970</t>
   </si>
   <si>
     <t>14170</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14170/ata_1066-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14170/ata_1066-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA  SESSÃO ORDINÁRIA DO DIA 27 DE OUTUBRO DE 1970</t>
   </si>
   <si>
     <t>14171</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14171/ata_1067-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14171/ata_1067-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 17 DE NOVEMRO DE 1970</t>
   </si>
   <si>
     <t>14172</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14172/ata_1068-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14172/ata_1068-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 18 DE NOVEMBRO DE 1970</t>
   </si>
   <si>
     <t>14173</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14173/ata_1069-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14173/ata_1069-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 19 DE NOVEMBRO DE 1970</t>
   </si>
   <si>
     <t>14174</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14174/ata_1070-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14174/ata_1070-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 20 DE NOVEMBRO DE 1970</t>
   </si>
   <si>
     <t>14175</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14175/ata_1071-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14175/ata_1071-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 21 DE NOVEMBRO DE 1970</t>
   </si>
   <si>
     <t>14176</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14176/ata_1072-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14176/ata_1072-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE NOVEMBRO DE 1970</t>
   </si>
   <si>
     <t>14177</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14177/ata_1073-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14177/ata_1073-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 24 DE NOVEMBRO DE 1970</t>
   </si>
   <si>
     <t>14178</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14178/ata_1074-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14178/ata_1074-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 25 DE NOVEMBRO DE 1970</t>
   </si>
   <si>
     <t>14179</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14179/ata_1075-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14179/ata_1075-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 2 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14180</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14180/ata_1076-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14180/ata_1076-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 3 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14181</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14181/ata_1077-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14181/ata_1077-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 7 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14182</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14182/ata_1078-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14182/ata_1078-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 08 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14183</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14183/ata_1079-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14183/ata_1079-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 9 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14184</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14184/ata_1080-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14184/ata_1080-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 10 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14185</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14185/ata_1081-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14185/ata_1081-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14186</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14186/ata_1082-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14186/ata_1082-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14187</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14187/ata_1083-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14187/ata_1083-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 15 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14188</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14188/ata_1084-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14188/ata_1084-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 16 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14189</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14189/ata_1085-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14189/ata_1085-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 17 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14190</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14190/ata_1086-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14190/ata_1086-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 21 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14191</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14191/ata_1087-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14191/ata_1087-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSSÃO ORDINÁRIA DO DIA 22 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14192</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14192/ata_1088-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14192/ata_1088-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14193</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14193/ata_1089-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14193/ata_1089-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 24 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14194</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14194/ata_1090-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14194/ata_1090-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14195</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14195/ata_1091-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14195/ata_1091-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 28 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14200</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14200/ata_1092-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14200/ata_1092-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 29 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14201</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14201/ata_1093-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14201/ata_1093-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 30 DE DEZEMBRO DE 1970</t>
   </si>
   <si>
     <t>14202</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14202/ata_1094-1970.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14202/ata_1094-1970.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 31 DE DEZEMBRO DE 1970</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1928,68 +1928,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12445/atos_001-1970.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12446/atos_002-1970.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12447/atos_003-1970.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8470/ind_001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8471/ind_002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8472/ind_002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8473/ind_004.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8079/portaria_001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5204/pl_206.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5206/pl_207.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5207/pl_208.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5208/pl_209.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5209/pl_210.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5210/pl_211.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5211/pl_212.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5212/pl_213.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5215/pl_215.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5216/pl_216.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5217/pl_217.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5218/pl_218.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5219/pl_219.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3636/pl_220.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3876/pl_221.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3645/pl_222.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3877/pl_223.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3647/pl_224.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3648/pl_225.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3878/pl_226.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3879/pl_227.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7172/projeto_de_resolucao_009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7173/projeto_de_resolucao_010.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7174/projeto_de_resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7175/projeto_de_resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14111/ata_1007-1970.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14112/ata_1008-1970.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14113/ata_1009-1970.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14114/ata_1010-1970.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14115/ata_1011-1970.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14116/ata_1012-1970.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14117/ata_1013-1970.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14118/ata_1014-1970.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14119/ata_1015-1970.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14120/ata_1016-1970.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14121/ata_1017-1970.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14122/ata_1018-1970.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14123/ata_1019-1970.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14124/ata_1020-1970.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14125/ata_1021-1970.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14126/ata_1022-1970.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14127/ata_1023-1970.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14128/ata_1024-1970.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14129/ata_1025-1970.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14130/ata_1026-1970.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14131/ata_1027-1970.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14132/ata_1028-1970.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14133/ata_1029-1970.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14134/ata_1030-1970.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14135/ata_1031-1970.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14136/ata_1032-1970.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14137/ata_1033-1970.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14138/ata_1034-1970.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14139/ata_1035-1970.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14140/ata_1036-1970.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14141/ata_1037-1970.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14142/ata_1038-1970.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14143/ata_1039-1970.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14144/ata_1040-1970.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14145/ata_1041-1970.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14146/ata_1042-1970.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14147/ata_1043-1970.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14148/ata_1044-1970.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14149/ata_1045-1970.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14150/ata_1046-1970.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14151/ata_1047-1970.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14152/ata_1048-1970.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14153/ata_1049-1970.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14154/ata_1050-1970.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14155/ata_1051-1970.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14156/ata_1052-1970.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14157/ata_1053-1970.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14158/ata_1054-1970.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14159/ata_1055-1970.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14160/ata_1056-1970.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14161/ata_1057-1970.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14162/ata_1058-1970.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14163/ata_1059-1970.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14164/ata_1060-1970.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14165/ata_1061-1970.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14166/ata_1062-1970.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14167/ata_1063-1970.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14168/ata_1064-1970.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14169/ata_1065-1970.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14170/ata_1066-1970.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14171/ata_1067-1970.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14172/ata_1068-1970.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14173/ata_1069-1970.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14174/ata_1070-1970.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14175/ata_1071-1970.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14176/ata_1072-1970.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14177/ata_1073-1970.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14178/ata_1074-1970.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14179/ata_1075-1970.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14180/ata_1076-1970.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14181/ata_1077-1970.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14182/ata_1078-1970.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14183/ata_1079-1970.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14184/ata_1080-1970.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14185/ata_1081-1970.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14186/ata_1082-1970.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14187/ata_1083-1970.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14188/ata_1084-1970.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14189/ata_1085-1970.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14190/ata_1086-1970.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14191/ata_1087-1970.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14192/ata_1088-1970.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14193/ata_1089-1970.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14194/ata_1090-1970.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14195/ata_1091-1970.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14200/ata_1092-1970.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14201/ata_1093-1970.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14202/ata_1094-1970.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12445/atos_001-1970.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12446/atos_002-1970.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/12447/atos_003-1970.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8470/ind_001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8471/ind_002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8472/ind_002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8473/ind_004.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/8079/portaria_001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5204/pl_206.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5206/pl_207.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5207/pl_208.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5208/pl_209.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5209/pl_210.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5210/pl_211.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5211/pl_212.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5212/pl_213.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5215/pl_215.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5216/pl_216.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5217/pl_217.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5218/pl_218.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/5219/pl_219.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3636/pl_220.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3876/pl_221.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3645/pl_222.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3877/pl_223.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3647/pl_224.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3648/pl_225.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3878/pl_226.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/3879/pl_227.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7172/projeto_de_resolucao_009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7173/projeto_de_resolucao_010.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7174/projeto_de_resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/7175/projeto_de_resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14111/ata_1007-1970.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14112/ata_1008-1970.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14113/ata_1009-1970.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14114/ata_1010-1970.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14115/ata_1011-1970.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14116/ata_1012-1970.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14117/ata_1013-1970.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14118/ata_1014-1970.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14119/ata_1015-1970.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14120/ata_1016-1970.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14121/ata_1017-1970.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14122/ata_1018-1970.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14123/ata_1019-1970.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14124/ata_1020-1970.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14125/ata_1021-1970.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14126/ata_1022-1970.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14127/ata_1023-1970.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14128/ata_1024-1970.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14129/ata_1025-1970.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14130/ata_1026-1970.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14131/ata_1027-1970.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14132/ata_1028-1970.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14133/ata_1029-1970.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14134/ata_1030-1970.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14135/ata_1031-1970.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14136/ata_1032-1970.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14137/ata_1033-1970.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14138/ata_1034-1970.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14139/ata_1035-1970.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14140/ata_1036-1970.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14141/ata_1037-1970.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14142/ata_1038-1970.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14143/ata_1039-1970.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14144/ata_1040-1970.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14145/ata_1041-1970.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14146/ata_1042-1970.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14147/ata_1043-1970.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14148/ata_1044-1970.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14149/ata_1045-1970.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14150/ata_1046-1970.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14151/ata_1047-1970.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14152/ata_1048-1970.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14153/ata_1049-1970.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14154/ata_1050-1970.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14155/ata_1051-1970.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14156/ata_1052-1970.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14157/ata_1053-1970.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14158/ata_1054-1970.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14159/ata_1055-1970.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14160/ata_1056-1970.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14161/ata_1057-1970.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14162/ata_1058-1970.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14163/ata_1059-1970.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14164/ata_1060-1970.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14165/ata_1061-1970.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14166/ata_1062-1970.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14167/ata_1063-1970.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14168/ata_1064-1970.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14169/ata_1065-1970.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14170/ata_1066-1970.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14171/ata_1067-1970.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14172/ata_1068-1970.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14173/ata_1069-1970.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14174/ata_1070-1970.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14175/ata_1071-1970.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14176/ata_1072-1970.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14177/ata_1073-1970.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14178/ata_1074-1970.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14179/ata_1075-1970.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14180/ata_1076-1970.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14181/ata_1077-1970.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14182/ata_1078-1970.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14183/ata_1079-1970.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14184/ata_1080-1970.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14185/ata_1081-1970.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14186/ata_1082-1970.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14187/ata_1083-1970.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14188/ata_1084-1970.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14189/ata_1085-1970.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14190/ata_1086-1970.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14191/ata_1087-1970.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14192/ata_1088-1970.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14193/ata_1089-1970.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14194/ata_1090-1970.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14195/ata_1091-1970.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14200/ata_1092-1970.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14201/ata_1093-1970.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1970/14202/ata_1094-1970.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="240.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>