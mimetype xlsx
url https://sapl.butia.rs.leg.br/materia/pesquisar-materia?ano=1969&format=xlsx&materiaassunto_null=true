--- v0 (2025-12-21)
+++ v1 (2026-03-24)
@@ -54,2624 +54,2624 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Marinho Orlando Bratkowski</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5167/pl_170.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5167/pl_170.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE "ESCOLA VICTOR ADALBERTO KESSLER", A ESCOLA MUNICIPAL LOCALIZADA NO ENTROCAMENTO.</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5168/pl_171.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5168/pl_171.pdf</t>
   </si>
   <si>
     <t>DÁ NORMAS PARA A DECLARAÇÃO DE UTILIDADE PÚBLICA DE SOCIEDADES CIVÍS, ASSOCIAÇÕES OU FUNDAÇÕES.</t>
   </si>
   <si>
     <t>5169</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5169/pl_172.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5169/pl_172.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO RECEBER POR DOAÇÃO, DA COMPANHIA REJA ADMINISTRAÇÃO E PARTICIPAÇÕES-SETOR IMOBILIÁRIO, UMA ÁREA URBANA, BEM COMO DOÁ-LA AO "INSTITUTO NACIONAL DE PREVIDÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5170/pl_173.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5170/pl_173.pdf</t>
   </si>
   <si>
     <t>CRIA UNIDADES ESCOLARES NOS LUGARES DENOMINADOS EXTRONCAMENTO E RECREIO.</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5171/pl_174.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5171/pl_174.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE NCR$ 5.000,00 E A REDUÇÃO DE DOTAÇÕES ORÇAMENTÁRIAS EM IGUAL SOMA.</t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5172/pl_175.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5172/pl_175.pdf</t>
   </si>
   <si>
     <t>EXTINGUE A FUNÇÃO GRATIFICADA DE CAPATAZ RURAL, CRIA O CARGO EM COMISSÃO DE ASSESSOR DO GABINETE DO PREFEITO, E CRIA NOVOS PADRÕES NA TABELA ÚNICA DE VENCIMENTOS DA LEI N° 127/68.</t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5173/pl_176.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5173/pl_176.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE NCR$ 4.320,00 E A REDUÇÃO DE DOTAÇÃO ORÇAMENTÁRIA EM IGUAL QUANTIA.</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5174/pl_177.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5174/pl_177.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS SUPLEMENTARES NO VALOR DE NCR$ 7.000,00 E A REDUÇÃO DE DOTAÇÕES ORÇAMENTÁRIAS EM IGUAL MONTANTE.</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5175/pl_178.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5175/pl_178.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ADQUIRIR, POR DOTAÇÃO PRÓPRIA, EQUIPAMENTO RODOVIÁRIO.</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5176/pl_179.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5176/pl_179.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONTRATO COM A COMPANHIA RIOGRANDENSE DE SANEAMENTO-CORSAN, PARA A REALIZAÇÃO DE OBRAS DE ABASTECIMENTO D'ÁGUA NA CIDADE DE BUTIÁ E CONCESSÃO DA EXPLORAÇÃO DOS SERVIÇOS RESPECTIVOS.</t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5177/pl_180.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5177/pl_180.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE "GRUPO ESCOLAR MARECHAL HUMBERTO ALENCAR CASTELO BRANCO" AO GRUPO ESCOLAR AGRÍCOLA, LOCALIZADO NO CAMPO DE INSTRUÇÃO DO 111° EXÉRCITO, NA REGIÃO DENOMINADA XERGA.</t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5178/pl_181.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5178/pl_181.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO DE VENCIMENTOS AOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5179/pl_182.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5179/pl_182.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE NCR$ 6.000,00 E REDUZIR DOTAÇÃO ORÇAMENTÁRIA EM IGUAL QUANTIA.</t>
   </si>
   <si>
     <t>5180</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5180/pl_183.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5180/pl_183.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO FIRMAR CONVÊNIO COM O "INSTITUTO GAÚCHO DE REFORMA AGRÁRIA"- "IGRA", PARA A CONSTRUÇÃO DE UMA ESTRADA.</t>
   </si>
   <si>
     <t>5181</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5181/pl_184.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5181/pl_184.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE NCR$ 600,00 E A REDUÇÃO DE DOTAÇÃO ORÇAMENTÁRIA.</t>
   </si>
   <si>
     <t>5182</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5182/pl_185.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5182/pl_185.pdf</t>
   </si>
   <si>
     <t>ALTERA O "QUADRO ÚNICO DOS SERVIDORES DA PREFEITURA MUNICIPAL DE BUTIÁ".</t>
   </si>
   <si>
     <t>5183</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5183/pl_186.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5183/pl_186.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO RECEBER POR DOAÇÃO, DA COMPANHIA REJA ADMINISTRAÇÃO E PARTICIPAÇÕES, UMA ÁREA URBANA, BEM COMO DOÁ-LA AO "INSTÍTUTO NACIONAL DE PREVIDÊNCIA SOCIAL", E REVOGA A LEI N° 172/69.</t>
   </si>
   <si>
     <t>5184</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5184/pl_187.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5184/pl_187.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BUTIAENSE.</t>
   </si>
   <si>
     <t>5185</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5185/pl_188.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5185/pl_188.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS SUPLEMENTARES NO VALOR DE NCR$ 76.000,00 PELA ARRECADAÇÃO À MAIOR, DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>5186</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5186/pl_189.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5186/pl_189.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DO MUNICÍPIO NA CINTEA - COMPANHIA INTERNACIONAL DE ESTRADAS ALIMENTADORAS, EM ORGANIZAÇÃO, A CONSTITUIÇÃO DE UMA SOCIEDADE POR AÇÕES COM OUTROS MUNICÍPIOS DA REGIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5187</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5187/pl_190.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5187/pl_190.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE NCR$ 3.000,00, REDUZIR DOTAÇÃO ORÇAMENTÁRIA EM IGUAL VALOR , E FAZER DOAÇÃO DE MÓVEIS.</t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5188/pl_191.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5188/pl_191.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DE UM TERRENO NA ZONA URBANA DA CIDADE, PARA AMPLIAÇÃO DA ÁREA ONDE SE ACHA INSTALADA, A PREFEITURA, E A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE NCR$ 2.500,00 PARA ATENDIMENTO DAS DESPESAS.</t>
   </si>
   <si>
     <t>5189</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5189/pl_192.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5189/pl_192.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO RECEBER POR DOAÇÃO DA COMPANHIA REJA ADMINISTRAÇÃO E PARTICIPAÇÕES, DUAS ÁREAS URBANAS, PERMUTAR COM A ASSOCIÇÃO DA IGREJA METODISTA DO BRASIL, PARTE, E DOAR REFERIDAS ÁREAS AO INSTITUTO NACIONAL DE PREVIDÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5190/pl_193.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5190/pl_193.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO CONSIDERAR COMO BOLSA DE ESTUDOS, O AUXÍLIO DE PASSAGENS, DE ALUNOS DO MUNICÍPIO QUE SE DESLOCAM PARA OUTROS MUNICÍPIOS POR CONTA DA PREFEITURA.</t>
   </si>
   <si>
     <t>5191</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5191/pl_194.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5191/pl_194.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS SUPLEMENTARES NO MONTANTE DE NCR$ 21.360,00, COM RECURSO NO EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>5192</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5192/pl_195.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5192/pl_195.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO RECEBER POR DOAÇÃO DA COMPANHIA REJA ADMINISTRAÇÃO E PARTICIPAÇÕES, UMA ÁREA URBANA DE 2.775 M². E DOÁ-LA AO GOVERNO DO ESTADO, PARA A CONSTRUÇÃO DE UM PRÉDIO ESCOLAR.</t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5193/pl_196.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5193/pl_196.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO MONTANTE DE NCR$ 700,00 E REDUZ DOTAÇÃO ORÇAMENTÁRIA EM IGUAL VALOR.</t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5194/pl_197.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5194/pl_197.pdf</t>
   </si>
   <si>
     <t>CRIA NO "QUADRO ÚNICO DOS SERVIDORES MUNICIPAIS DE BUTIÁ", O CARGO DE SECRETÁRIO DA JUNTA DE SERVIÇO MILITAR E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL DE NCR$ 1.200,00.</t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5195/pl_198.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5195/pl_198.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS SUPLEMENTARES NO MONTANTE DE NCR$ 9.400,00 E A REDUÇÃO DE DOTAÇÕES ORÇAMENTÁRIAS.</t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5196/pl_199.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5196/pl_199.pdf</t>
   </si>
   <si>
     <t>CRIA, ALTERA E REVOGA DISPOSITIVOS NA LEI N° 82, DE 30 NOVEMBRO DE 1966, QUE DISPÕE SOBRE O SISTEMA TRIBUTÁRIO MUNICIPAL E INSTITUI NORMAS GERAIS DE DIREITO TRIBUTÁRIO APLICÁVEIS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5198/pl_200.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5198/pl_200.pdf</t>
   </si>
   <si>
     <t>APRESENTA PROJETO DE LEI ORÇAMENTÁRIA DO MUNICÍPIO, PARA 1970.</t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5199/pl_201.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5199/pl_201.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS SUPLEMENTARES NO MONTANTE DE NCR$ 60.972,00 E A REDUÇÃO DE DOTAÇÃO ORÇAMENTÁRIAS EM NCR$ 16.157,00.</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5200/pl_202.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5200/pl_202.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS SUPLEMENTARES NO MONTANTE DE NCR$ 16.172,00 E A REDUÇÃO DE DOTAÇÕES ORÇAMENTÁRIAS DE NCR$ 3.400,00.</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5201/pl_203.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5201/pl_203.pdf</t>
   </si>
   <si>
     <t>CONCEDE O 13° SALÁRIO NESTE ANO, AOS SERVIDORES, EM GERAL DA PREFEITURA E AUTORIZA O PODER EXECUTIVO A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE NCR$ 18.000,00, COM RECURSO QUE INDICA.</t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5202/pl_204.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5202/pl_204.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE NCR$ 8.400,00 POR CONTA DO EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5203/pl_205.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5203/pl_205.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO MONTANTE DE NCR$ 200,00 E A REDUÇÃO DE DOTAÇÃO ORÇAMENTÁRIA EM IGUAL MONTANTE.</t>
   </si>
   <si>
     <t>7167</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/</t>
+    <t>http://sapl.butia.rs.leg.br/media/</t>
   </si>
   <si>
     <t>APROVADO POR UNANIMIDADE A ADAPTAÇÃO DO REGIMENTO INTERNO DA CAMARA MUNICIPAL DE VEREADORES A LEI ORGANICA, FICANDO O REFERIDO REGIMENTO EM SUA REDAÇÃO FINAL DE 163 ARTIGOS, 76 PARAGRAFOS, 198 INCISOS E 89 LETRAS</t>
   </si>
   <si>
     <t>7168</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7168/projeto_de_resolucao_005.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7168/projeto_de_resolucao_005.pdf</t>
   </si>
   <si>
     <t>FICA ALTERADO O PADRAO 5 PARA 7 O VENCIMENTO DO CARGO DE SECRETARIO EXECUTIVO DESTA CAMARA. _x000D_
 É ABERTO UM CRÉDITO SUPLEMENTAR NO VALOR DE R$2.600,00, DESTINADO A REFORÇAR A DOTAÇAO ORÇAMENTARIA._x000D_
 SERVIRÁ DE RECURSO, PARA COBERTURA DE CRÉDITO REFERIDO NO ARTIGO ANTERIOR , A REDUÇAO DA DOTAÇAO ORÇAMENTARIA_x000D_
 AJUDA DE CUSTOS E DIARIAS.</t>
   </si>
   <si>
     <t>7169</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7169/projeto_de_resolucao_006.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7169/projeto_de_resolucao_006.pdf</t>
   </si>
   <si>
     <t>FICA ALTERADO PARA O PADRÃO 5, PARA O PADRÃO 7 OS VENCIMENTOS DE CARGO DE SECRETARIO EXECUTIVO DESTA CAMARA MUNICIPAL._x000D_
 É ABERTO UM CRÉDITO SUPLEMENTAR NO MONTANTE DE R$2.450,00 DESTINADO A REFORÇAR A DOTAÇAO ORÇAMENTARIA.</t>
   </si>
   <si>
     <t>7170</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7170/projeto_de_resolucao_007.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7170/projeto_de_resolucao_007.pdf</t>
   </si>
   <si>
     <t>CRIA UMA COMISSAO ESPECIAL PARA ESTUDOS DE ASSUNTOS ATINENTES A PEDREIRA EXPLORADA PELA PREFEITURA MUNICIPAL._x000D_
 SERA COMPOSTA DE TRES VEREADORES E TERA TREZE DIAS .</t>
   </si>
   <si>
     <t>7171</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7171/projeto_de_resolucao_008.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7171/projeto_de_resolucao_008.pdf</t>
   </si>
   <si>
     <t>﻿_x000D_
 A MESA DA CÂMARA MUNICIPAL DE VEREADORES DE BUTIA, NO USO DE SUAS ATRIBUIÇÕES LEGAIS, FAZ SABER QUE A CÂMARA MUNICIPAL, EM SESSÃO REALIZADA DIA 29 DE DEZEMBRO DE 1969, APROVOU, E ELA_x000D_
 PROMULGA A SEGUINTE_x000D_
 RESOLUÇÃO:_x000D_
 ARTIGO 19 E CONCEDIDO AO SERVIDOR ENOBAR FERRETRAY/ SECRETÁRIO EXECUTIVO DA CAMARA MUNICIPAL DE VEREADORES, UNA ORA- TIFICAÇÃO DE NOR$ 500,00 (QUINHENTOS CRUZEIROS NOVOS)._x000D_
  10-A PRESENTE GRATIFICAÇÃO, E EM FUNÇÃO DOS SERVI- ÇOS ESPECIAIS E EXTRAORDINARIOS, PRESTADOS POR AQUELE SERVIDOR A CAMARA MUNICIPAL DE VEREADORES, DURANTE ANO DE 1969._x000D_
 -_x000D_
 ARTIGO 20 A GRATIFICAÇÃO CONCEDIDA NO ARTIGO ANTERIOR É PREVISTA PELO QUE DETERMINA OS UNICO DR ARTIGO 102, DO REGI-/ MENTO INTERNO DA CÂMARA MUNICIPAL DE VEREADORES._x000D_
 ARTEGO 30_x000D_
 SUA PUBLICAÇÃO._x000D_
 -_x000D_
 ESTA RESOLUÇÃO ENTRA EM VIGOR NA DATA DA /_x000D_
 ARTIGO 40- REVOGAM-SE AS DISPOSIÇÕES EM CONTRÁRIO.</t>
   </si>
   <si>
     <t>13917</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13917/ata_825-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13917/ata_825-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 2 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13918</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13918/ata_826-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13918/ata_826-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 3 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13919</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13919/ata_827-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13919/ata_827-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA  DO DIA 3 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13920</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13920/ata_828-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13920/ata_828-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 4 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13921</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13921/ata_829-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13921/ata_829-1969.pdf</t>
   </si>
   <si>
     <t>13922</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13922/ata_830-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13922/ata_830-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 6 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13923</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13923/ata_831-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13923/ata_831-1969.pdf</t>
   </si>
   <si>
     <t>13924</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13924/ata_832-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13924/ata_832-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 7 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13925</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13925/ata_833-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13925/ata_833-1969.pdf</t>
   </si>
   <si>
     <t>13926</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13926/ata_834-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13926/ata_834-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 8 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13927</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13927/ata_835-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13927/ata_835-1969.pdf</t>
   </si>
   <si>
     <t>13928</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13928/ata_836-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13928/ata_836-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 9 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13929</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13929/ata_837-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13929/ata_837-1969.pdf</t>
   </si>
   <si>
     <t>13930</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13930/ata_838-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13930/ata_838-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 10 DE JANEIRO DE 1968</t>
   </si>
   <si>
     <t>13931</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13931/ata_839-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13931/ata_839-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 10 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13932</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13932/ata_840-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13932/ata_840-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13933</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13933/ata_841-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13933/ata_841-1969.pdf</t>
   </si>
   <si>
     <t>13934</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13934/ata_842-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13934/ata_842-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 13 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13935</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13935/ata_843-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13935/ata_843-1969.pdf</t>
   </si>
   <si>
     <t>13936</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13936/ata_844-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13936/ata_844-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13937</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13937/ata_845-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13937/ata_845-1969.pdf</t>
   </si>
   <si>
     <t>13938</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13938/ata_846-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13938/ata_846-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA15 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13939</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13939/ata_847-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13939/ata_847-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 15 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13940</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13940/ata_848-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13940/ata_848-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 16 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13941</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13941/ata_849-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13941/ata_849-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 17 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13942</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13942/ata_850-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13942/ata_850-1969.pdf</t>
   </si>
   <si>
     <t>13943</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13943/ata_851-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13943/ata_851-1969.pdf</t>
   </si>
   <si>
     <t>13944</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13944/ata_852-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13944/ata_852-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 18 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13945</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13945/ata_853-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13945/ata_853-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 20 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13946</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13946/ata_854-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13946/ata_854-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 21 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13947</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13947/ata_855-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13947/ata_855-1969.pdf</t>
   </si>
   <si>
     <t>13948</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13948/ata_856-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13948/ata_856-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13949</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13949/ata_858-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13949/ata_858-1969.pdf</t>
   </si>
   <si>
     <t>13950</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13950/ata_859-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13950/ata_859-1969.pdf</t>
   </si>
   <si>
     <t>13951</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13951/ata_860-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13951/ata_860-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 31 DE JANEIRO DE 1969</t>
   </si>
   <si>
     <t>13952</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13952/ata_861-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13952/ata_861-1969.pdf</t>
   </si>
   <si>
     <t>13953</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13953/ata_862-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13953/ata_862-1969.pdf</t>
   </si>
   <si>
     <t>13954</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13954/ata_863-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13954/ata_863-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 5 DE FEVEREIRO DE 1969</t>
   </si>
   <si>
     <t>13955</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13955/ata_864-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13955/ata_864-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 DE FEVEREIRO DE 1969</t>
   </si>
   <si>
     <t>13956</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13956/ata_865-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13956/ata_865-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 DE MARÇO DE 1969</t>
   </si>
   <si>
     <t>13957</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13957/ata_866-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13957/ata_866-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 7 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13958</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13958/ata_867-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13958/ata_867-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13959</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13959/ata_868-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13959/ata_868-1969.pdf</t>
   </si>
   <si>
     <t>13960</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13960/ata_869-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13960/ata_869-1969.pdf</t>
   </si>
   <si>
     <t>13961</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13961/ata_870-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13961/ata_870-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 15 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13962</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13962/ata_871-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13962/ata_871-1969.pdf</t>
   </si>
   <si>
     <t>13963</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13963/ata_872-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13963/ata_872-1969.pdf</t>
   </si>
   <si>
     <t>13964</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13964/ata_873-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13964/ata_873-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 18 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13965</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13965/ata_874-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13965/ata_874-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 19 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13966</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13966/ata_875-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13966/ata_875-1969.pdf</t>
   </si>
   <si>
     <t>13967</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13967/ata_876-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13967/ata_876-1969.pdf</t>
   </si>
   <si>
     <t>13968</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13968/ata_877-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13968/ata_877-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13969</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13969/ata_878-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13969/ata_878-1969.pdf</t>
   </si>
   <si>
     <t>13970</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13970/ata_879-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13970/ata_879-1969.pdf</t>
   </si>
   <si>
     <t>13971</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13971/ata_880-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13971/ata_880-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13972</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13972/ata_881-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13972/ata_881-1969.pdf</t>
   </si>
   <si>
     <t>13973</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13973/ata_882-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13973/ata_882-1969.pdf</t>
   </si>
   <si>
     <t>13974</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13974/ata_883-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13974/ata_883-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 24 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13975</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13975/ata_884-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13975/ata_884-1969.pdf</t>
   </si>
   <si>
     <t>13976</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13976/ata_885-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13976/ata_885-1969.pdf</t>
   </si>
   <si>
     <t>13977</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13977/ata_886-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13977/ata_886-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 25 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13978</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13978/ata_887-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13978/ata_887-1969.pdf</t>
   </si>
   <si>
     <t>13979</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13979/ata_888-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13979/ata_888-1969.pdf</t>
   </si>
   <si>
     <t>13980</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13980/ata_889-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13980/ata_889-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 28 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13981</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13981/ata_890-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13981/ata_890-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 29 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13982</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13982/ata_891-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13982/ata_891-1969.pdf</t>
   </si>
   <si>
     <t>13983</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13983/ata_892-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13983/ata_892-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 30 DE ABRIL DE 1969</t>
   </si>
   <si>
     <t>13984</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13984/ata_893-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13984/ata_893-1969.pdf</t>
   </si>
   <si>
     <t>13985</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13985/ata_894-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13985/ata_894-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 2 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13986</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13986/ata_895-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13986/ata_895-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 02 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13987</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13987/ata_896-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13987/ata_896-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 3 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13988</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13988/ata_897-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13988/ata_897-1969.pdf</t>
   </si>
   <si>
     <t>13989</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13989/ata_898-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13989/ata_898-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 5 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13990</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13990/ata_899-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13990/ata_899-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 6 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13991</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13991/ata_900-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13991/ata_900-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 7 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13992</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 8 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13993</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13993/ata_902-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13993/ata_902-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 9 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13994</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13994/ata_903-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13994/ata_903-1969.pdf</t>
   </si>
   <si>
     <t>13995</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>Manoel Jorge Martinez</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13995/ata_904-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13995/ata_904-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 10 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13996</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13996/ata_905-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13996/ata_905-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 12 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13997</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13997/ata_906-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13997/ata_906-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 13 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13998</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13998/ata_907-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13998/ata_907-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>13999</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13999/ata_908-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13999/ata_908-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 19 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>14000</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14000/ata_909-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14000/ata_909-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>14001</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14001/ata_910-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14001/ata_910-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>14002</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14002/ata_911-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14002/ata_911-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 DE MAIO DE 1969</t>
   </si>
   <si>
     <t>14003</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14003/ata_912-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14003/ata_912-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 4 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14004</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14004/ata_913-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14004/ata_913-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 5 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14005</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14005/ata_914-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14005/ata_914-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 6 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14006</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14006/ata_915-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14006/ata_915-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 7 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14007</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14007/ata_916-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14007/ata_916-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 9 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14008</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14008/ata_917-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14008/ata_917-1969.pdf</t>
   </si>
   <si>
     <t>14009</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14009/ata_918-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14009/ata_918-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 10 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14010</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14010/ata_919-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14010/ata_919-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE JUNHO 1969</t>
   </si>
   <si>
     <t>14011</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14011/ata_920-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14011/ata_920-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14012</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14012/ata_921-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14012/ata_921-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 12 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14013</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14013/ata_922-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14013/ata_922-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 13 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14014</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14014/ata_923-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14014/ata_923-1969.pdf</t>
   </si>
   <si>
     <t>14015</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14015/ata_924-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14015/ata_924-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14016</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14016/ata_925-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14016/ata_925-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 16 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14018</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14018/ata_926-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14018/ata_926-1969.pdf</t>
   </si>
   <si>
     <t>14019</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14019/ata_927-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14019/ata_927-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 18 DE JUNHO 1969</t>
   </si>
   <si>
     <t>14020</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14020/ata_928-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14020/ata_928-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 27 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14021</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14021/ata_929-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14021/ata_929-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 28 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14022</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14022/ata_930-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14022/ata_930-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 30 DE JUNHO DE 1969</t>
   </si>
   <si>
     <t>14023</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14023/ata_931-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14023/ata_931-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 5 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14024</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14024/ata_932-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14024/ata_932-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 7 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14025</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14025/ata_933-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14025/ata_933-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 8 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14026</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14026/ata_934-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14026/ata_934-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 9 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14027</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14027/ata_935-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14027/ata_935-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 10 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14028</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14028/ata_936-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14028/ata_936-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE JULHO DE 1696</t>
   </si>
   <si>
     <t>14029</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14029/ata_937-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14029/ata_937-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14030</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14030/ata_938-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14030/ata_938-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 21 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14031</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14031/ata_939-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14031/ata_939-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14032</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14032/ata_940-1969..pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14032/ata_940-1969..pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14033</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14033/ata_941-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14033/ata_941-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 24 DE JULHO DA 1969</t>
   </si>
   <si>
     <t>14034</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14034/ata_942-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14034/ata_942-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 25 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14035</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14035/ata_943-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14035/ata_943-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14036</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14036/ata_944-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14036/ata_944-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 28 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14037</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14037/ata_945-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14037/ata_945-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 29 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14038</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14038/ata_946-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14038/ata_946-1969.pdf</t>
   </si>
   <si>
     <t>14039</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14039/ata_947-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14039/ata_947-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 30 DE JULHO DE 1969</t>
   </si>
   <si>
     <t>14040</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14040/ata_948-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14040/ata_948-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14041</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14041/ata_949-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14041/ata_949-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 12 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14042</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14042/ata_950-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14042/ata_950-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 13 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14044</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14044/ata_951-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14044/ata_951-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14045</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14045/ata_952-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14045/ata_952-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 15 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14046</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14046/ata_953-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14046/ata_953-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 16 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14047</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14047/ata_954-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14047/ata_954-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 18 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14048</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14048/ata_955-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14048/ata_955-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 20 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14049</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14049/ata_956-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14049/ata_956-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 21 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14050</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14050/ata_957-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14050/ata_957-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14051</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14051/ata_958-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14051/ata_958-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14052</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14052/ata_959-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14052/ata_959-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 25 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14053</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14053/ata_960-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14053/ata_960-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14054</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14054/ata_961-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14054/ata_961-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 27 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14055</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14055/ata_962-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14055/ata_962-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 28 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14056</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14056/ata_963-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14056/ata_963-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 29 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14057</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14057/ata_964-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14057/ata_964-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 30 DE AGOSTO DE 1969</t>
   </si>
   <si>
     <t>14058</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14058/ata_965-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14058/ata_965-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 13 DE SETEMBRO DE 1969</t>
   </si>
   <si>
     <t>14059</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14059/ata_966-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14059/ata_966-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 15 DE SETEMBRO DE 1969</t>
   </si>
   <si>
     <t>14060</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14060/ata_967-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14060/ata_967-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 16 DE SETEMBRO DE 1969</t>
   </si>
   <si>
     <t>14061</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14061/ata_968-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14061/ata_968-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 17 DE SETEMBRO DE 1969</t>
   </si>
   <si>
     <t>14062</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14062/ata_969-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14062/ata_969-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE SETEMBRO DE 1969</t>
   </si>
   <si>
     <t>14063</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14063/ata_970-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14063/ata_970-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 23 DE SETEMBRO DE 1969</t>
   </si>
   <si>
     <t>14064</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14064/ata_971-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14064/ata_971-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 24 DE SETEMBRO DE 1969</t>
   </si>
   <si>
     <t>14065</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14065/ata_972-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14065/ata_972-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 1 DE OUTUBRO DE 1969</t>
   </si>
   <si>
     <t>14066</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14066/ata_973-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14066/ata_973-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 2 DE OUTUBRO DE 1969</t>
   </si>
   <si>
     <t>14067</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14067/ata_974-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14067/ata_974-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 3 DE OUTUBRO DE 1969</t>
   </si>
   <si>
     <t>14068</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14068/ata_975-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14068/ata_975-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 4 DE OUTUBRO DE 1969</t>
   </si>
   <si>
     <t>14069</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14069/ata_976-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14069/ata_976-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 6 DE OUTUBRO DE 1969</t>
   </si>
   <si>
     <t>14070</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14070/ata_977-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14070/ata_977-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE OUTUBRO DE 1969</t>
   </si>
   <si>
     <t>14071</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14071/ata_978-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14071/ata_978-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 20 DE OUTUBRO DE 1969</t>
   </si>
   <si>
     <t>14072</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14072/ata_979-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14072/ata_979-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 21 DE OUTUBRO DE 1969</t>
   </si>
   <si>
     <t>14073</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14073/ata_980-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14073/ata_980-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE OUTUBRO DE 1969</t>
   </si>
   <si>
     <t>14074</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14074/ata_981-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14074/ata_981-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 3 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14075</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14075/ata_982-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14075/ata_982-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14076</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14076/ata_983-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14076/ata_983-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 12 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14077</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14077/ata_984-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14077/ata_984-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 13 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14078</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14078/ata_985-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14078/ata_985-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 14 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14079</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14079/ata_986-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14079/ata_986-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 17 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14080</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14080/ata_987-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14080/ata_987-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 18 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14081</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14081/ata_988-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14081/ata_988-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 19 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14082</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14082/ata_989-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14082/ata_989-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 20 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14083</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14083/ata_990-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14083/ata_990-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 21 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14084</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14084/ata_991-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14084/ata_991-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 22 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14085</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14085/ata_992-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14085/ata_992-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 24 DE NOVEMBRO DE 1969</t>
   </si>
   <si>
     <t>14086</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14086/ata_993-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14086/ata_993-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 8 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14087</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14087/ata_994-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14087/ata_994-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 9 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14088</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14088/ata_995-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14088/ata_995-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 10 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14089</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14089/ata_996-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14089/ata_996-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 11 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14090</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14090/ata_997-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14090/ata_997-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 12 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14091</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14091/ata_998-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14091/ata_998-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA13 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14092</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14092/ata_999-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14092/ata_999-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 15 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14093</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14093/ata_1000-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14093/ata_1000-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 17 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14094</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14094/ata_1001-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14094/ata_1001-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 24 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14095</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14095/ata_1002-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14095/ata_1002-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 26 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14096</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14096/ata_1003-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14096/ata_1003-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 27 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14097</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14097/ata_1004-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14097/ata_1004-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 29 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14099</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14099/ata_1005-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14099/ata_1005-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 30 DE DEZEMBRO DE 1969</t>
   </si>
   <si>
     <t>14100</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14100/ata_1006-1969.pdf</t>
+    <t>http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14100/ata_1006-1969.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 31 DE DEZEMBRO DE 1969</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2978,68 +2978,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5167/pl_170.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5168/pl_171.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5169/pl_172.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5170/pl_173.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5171/pl_174.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5172/pl_175.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5173/pl_176.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5174/pl_177.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5175/pl_178.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5176/pl_179.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5177/pl_180.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5178/pl_181.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5179/pl_182.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5180/pl_183.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5181/pl_184.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5182/pl_185.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5183/pl_186.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5184/pl_187.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5185/pl_188.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5186/pl_189.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5187/pl_190.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5188/pl_191.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5189/pl_192.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5190/pl_193.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5191/pl_194.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5192/pl_195.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5193/pl_196.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5194/pl_197.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5195/pl_198.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5196/pl_199.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5198/pl_200.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5199/pl_201.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5200/pl_202.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5201/pl_203.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5202/pl_204.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5203/pl_205.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7168/projeto_de_resolucao_005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7169/projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7170/projeto_de_resolucao_007.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7171/projeto_de_resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13917/ata_825-1969.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13918/ata_826-1969.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13919/ata_827-1969.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13920/ata_828-1969.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13921/ata_829-1969.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13922/ata_830-1969.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13923/ata_831-1969.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13924/ata_832-1969.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13925/ata_833-1969.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13926/ata_834-1969.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13927/ata_835-1969.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13928/ata_836-1969.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13929/ata_837-1969.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13930/ata_838-1969.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13931/ata_839-1969.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13932/ata_840-1969.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13933/ata_841-1969.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13934/ata_842-1969.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13935/ata_843-1969.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13936/ata_844-1969.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13937/ata_845-1969.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13938/ata_846-1969.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13939/ata_847-1969.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13940/ata_848-1969.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13941/ata_849-1969.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13942/ata_850-1969.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13943/ata_851-1969.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13944/ata_852-1969.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13945/ata_853-1969.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13946/ata_854-1969.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13947/ata_855-1969.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13948/ata_856-1969.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13949/ata_858-1969.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13950/ata_859-1969.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13951/ata_860-1969.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13952/ata_861-1969.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13953/ata_862-1969.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13954/ata_863-1969.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13955/ata_864-1969.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13956/ata_865-1969.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13957/ata_866-1969.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13958/ata_867-1969.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13959/ata_868-1969.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13960/ata_869-1969.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13961/ata_870-1969.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13962/ata_871-1969.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13963/ata_872-1969.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13964/ata_873-1969.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13965/ata_874-1969.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13966/ata_875-1969.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13967/ata_876-1969.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13968/ata_877-1969.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13969/ata_878-1969.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13970/ata_879-1969.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13971/ata_880-1969.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13972/ata_881-1969.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13973/ata_882-1969.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13974/ata_883-1969.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13975/ata_884-1969.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13976/ata_885-1969.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13977/ata_886-1969.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13978/ata_887-1969.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13979/ata_888-1969.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13980/ata_889-1969.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13981/ata_890-1969.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13982/ata_891-1969.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13983/ata_892-1969.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13984/ata_893-1969.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13985/ata_894-1969.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13986/ata_895-1969.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13987/ata_896-1969.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13988/ata_897-1969.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13989/ata_898-1969.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13990/ata_899-1969.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13991/ata_900-1969.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13993/ata_902-1969.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13994/ata_903-1969.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13995/ata_904-1969.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13996/ata_905-1969.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13997/ata_906-1969.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13998/ata_907-1969.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13999/ata_908-1969.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14000/ata_909-1969.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14001/ata_910-1969.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14002/ata_911-1969.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14003/ata_912-1969.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14004/ata_913-1969.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14005/ata_914-1969.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14006/ata_915-1969.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14007/ata_916-1969.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14008/ata_917-1969.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14009/ata_918-1969.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14010/ata_919-1969.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14011/ata_920-1969.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14012/ata_921-1969.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14013/ata_922-1969.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14014/ata_923-1969.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14015/ata_924-1969.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14016/ata_925-1969.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14018/ata_926-1969.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14019/ata_927-1969.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14020/ata_928-1969.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14021/ata_929-1969.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14022/ata_930-1969.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14023/ata_931-1969.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14024/ata_932-1969.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14025/ata_933-1969.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14026/ata_934-1969.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14027/ata_935-1969.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14028/ata_936-1969.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14029/ata_937-1969.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14030/ata_938-1969.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14031/ata_939-1969.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14032/ata_940-1969..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14033/ata_941-1969.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14034/ata_942-1969.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14035/ata_943-1969.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14036/ata_944-1969.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14037/ata_945-1969.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14038/ata_946-1969.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14039/ata_947-1969.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14040/ata_948-1969.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14041/ata_949-1969.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14042/ata_950-1969.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14044/ata_951-1969.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14045/ata_952-1969.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14046/ata_953-1969.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14047/ata_954-1969.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14048/ata_955-1969.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14049/ata_956-1969.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14050/ata_957-1969.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14051/ata_958-1969.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14052/ata_959-1969.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14053/ata_960-1969.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14054/ata_961-1969.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14055/ata_962-1969.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14056/ata_963-1969.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14057/ata_964-1969.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14058/ata_965-1969.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14059/ata_966-1969.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14060/ata_967-1969.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14061/ata_968-1969.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14062/ata_969-1969.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14063/ata_970-1969.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14064/ata_971-1969.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14065/ata_972-1969.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14066/ata_973-1969.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14067/ata_974-1969.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14068/ata_975-1969.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14069/ata_976-1969.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14070/ata_977-1969.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14071/ata_978-1969.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14072/ata_979-1969.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14073/ata_980-1969.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14074/ata_981-1969.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14075/ata_982-1969.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14076/ata_983-1969.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14077/ata_984-1969.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14078/ata_985-1969.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14079/ata_986-1969.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14080/ata_987-1969.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14081/ata_988-1969.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14082/ata_989-1969.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14083/ata_990-1969.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14084/ata_991-1969.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14085/ata_992-1969.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14086/ata_993-1969.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14087/ata_994-1969.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14088/ata_995-1969.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14089/ata_996-1969.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14090/ata_997-1969.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14091/ata_998-1969.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14092/ata_999-1969.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14093/ata_1000-1969.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14094/ata_1001-1969.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14095/ata_1002-1969.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14096/ata_1003-1969.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14097/ata_1004-1969.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14099/ata_1005-1969.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14100/ata_1006-1969.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5167/pl_170.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5168/pl_171.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5169/pl_172.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5170/pl_173.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5171/pl_174.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5172/pl_175.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5173/pl_176.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5174/pl_177.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5175/pl_178.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5176/pl_179.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5177/pl_180.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5178/pl_181.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5179/pl_182.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5180/pl_183.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5181/pl_184.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5182/pl_185.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5183/pl_186.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5184/pl_187.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5185/pl_188.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5186/pl_189.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5187/pl_190.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5188/pl_191.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5189/pl_192.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5190/pl_193.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5191/pl_194.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5192/pl_195.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5193/pl_196.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5194/pl_197.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5195/pl_198.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5196/pl_199.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5198/pl_200.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5199/pl_201.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5200/pl_202.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5201/pl_203.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5202/pl_204.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/5203/pl_205.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7168/projeto_de_resolucao_005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7169/projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7170/projeto_de_resolucao_007.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/7171/projeto_de_resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13917/ata_825-1969.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13918/ata_826-1969.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13919/ata_827-1969.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13920/ata_828-1969.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13921/ata_829-1969.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13922/ata_830-1969.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13923/ata_831-1969.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13924/ata_832-1969.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13925/ata_833-1969.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13926/ata_834-1969.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13927/ata_835-1969.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13928/ata_836-1969.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13929/ata_837-1969.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13930/ata_838-1969.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13931/ata_839-1969.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13932/ata_840-1969.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13933/ata_841-1969.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13934/ata_842-1969.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13935/ata_843-1969.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13936/ata_844-1969.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13937/ata_845-1969.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13938/ata_846-1969.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13939/ata_847-1969.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13940/ata_848-1969.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13941/ata_849-1969.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13942/ata_850-1969.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13943/ata_851-1969.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13944/ata_852-1969.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13945/ata_853-1969.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13946/ata_854-1969.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13947/ata_855-1969.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13948/ata_856-1969.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13949/ata_858-1969.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13950/ata_859-1969.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13951/ata_860-1969.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13952/ata_861-1969.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13953/ata_862-1969.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13954/ata_863-1969.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13955/ata_864-1969.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13956/ata_865-1969.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13957/ata_866-1969.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13958/ata_867-1969.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13959/ata_868-1969.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13960/ata_869-1969.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13961/ata_870-1969.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13962/ata_871-1969.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13963/ata_872-1969.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13964/ata_873-1969.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13965/ata_874-1969.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13966/ata_875-1969.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13967/ata_876-1969.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13968/ata_877-1969.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13969/ata_878-1969.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13970/ata_879-1969.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13971/ata_880-1969.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13972/ata_881-1969.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13973/ata_882-1969.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13974/ata_883-1969.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13975/ata_884-1969.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13976/ata_885-1969.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13977/ata_886-1969.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13978/ata_887-1969.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13979/ata_888-1969.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13980/ata_889-1969.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13981/ata_890-1969.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13982/ata_891-1969.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13983/ata_892-1969.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13984/ata_893-1969.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13985/ata_894-1969.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13986/ata_895-1969.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13987/ata_896-1969.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13988/ata_897-1969.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13989/ata_898-1969.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13990/ata_899-1969.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13991/ata_900-1969.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13993/ata_902-1969.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13994/ata_903-1969.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13995/ata_904-1969.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13996/ata_905-1969.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13997/ata_906-1969.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13998/ata_907-1969.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/13999/ata_908-1969.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14000/ata_909-1969.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14001/ata_910-1969.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14002/ata_911-1969.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14003/ata_912-1969.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14004/ata_913-1969.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14005/ata_914-1969.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14006/ata_915-1969.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14007/ata_916-1969.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14008/ata_917-1969.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14009/ata_918-1969.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14010/ata_919-1969.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14011/ata_920-1969.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14012/ata_921-1969.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14013/ata_922-1969.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14014/ata_923-1969.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14015/ata_924-1969.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14016/ata_925-1969.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14018/ata_926-1969.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14019/ata_927-1969.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14020/ata_928-1969.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14021/ata_929-1969.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14022/ata_930-1969.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14023/ata_931-1969.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14024/ata_932-1969.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14025/ata_933-1969.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14026/ata_934-1969.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14027/ata_935-1969.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14028/ata_936-1969.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14029/ata_937-1969.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14030/ata_938-1969.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14031/ata_939-1969.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14032/ata_940-1969..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14033/ata_941-1969.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14034/ata_942-1969.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14035/ata_943-1969.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14036/ata_944-1969.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14037/ata_945-1969.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14038/ata_946-1969.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14039/ata_947-1969.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14040/ata_948-1969.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14041/ata_949-1969.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14042/ata_950-1969.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14044/ata_951-1969.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14045/ata_952-1969.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14046/ata_953-1969.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14047/ata_954-1969.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14048/ata_955-1969.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14049/ata_956-1969.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14050/ata_957-1969.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14051/ata_958-1969.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14052/ata_959-1969.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14053/ata_960-1969.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14054/ata_961-1969.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14055/ata_962-1969.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14056/ata_963-1969.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14057/ata_964-1969.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14058/ata_965-1969.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14059/ata_966-1969.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14060/ata_967-1969.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14061/ata_968-1969.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14062/ata_969-1969.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14063/ata_970-1969.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14064/ata_971-1969.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14065/ata_972-1969.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14066/ata_973-1969.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14067/ata_974-1969.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14068/ata_975-1969.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14069/ata_976-1969.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14070/ata_977-1969.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14071/ata_978-1969.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14072/ata_979-1969.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14073/ata_980-1969.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14074/ata_981-1969.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14075/ata_982-1969.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14076/ata_983-1969.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14077/ata_984-1969.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14078/ata_985-1969.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14079/ata_986-1969.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14080/ata_987-1969.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14081/ata_988-1969.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14082/ata_989-1969.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14083/ata_990-1969.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14084/ata_991-1969.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14085/ata_992-1969.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14086/ata_993-1969.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14087/ata_994-1969.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14088/ata_995-1969.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14089/ata_996-1969.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14090/ata_997-1969.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14091/ata_998-1969.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14092/ata_999-1969.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14093/ata_1000-1969.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14094/ata_1001-1969.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14095/ata_1002-1969.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14096/ata_1003-1969.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14097/ata_1004-1969.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14099/ata_1005-1969.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.butia.rs.leg.br/media/sapl/public/materialegislativa/1969/14100/ata_1006-1969.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H223"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="252.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>